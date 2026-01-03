--- v0 (2025-11-15)
+++ v1 (2026-01-03)
@@ -7,51 +7,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdWorkbook" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
     <Relationship Id="rIdCore" Type="http://schemas.openxmlformats.org/officedocument/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
     <Relationship Id="rIdApp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheets>
     <sheet name="Přehled obchodníků" sheetId="1" r:id="rIdSheet1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="80">
   <si>
     <t xml:space="preserve">CEKUS Chotěboř</t>
   </si>
   <si>
     <t xml:space="preserve">Tyršova 256</t>
   </si>
   <si>
     <t xml:space="preserve">Chotěboř</t>
   </si>
   <si>
     <t xml:space="preserve">58301</t>
   </si>
   <si>
     <t xml:space="preserve">Rekreace a Kultura, Vzdělávání</t>
   </si>
   <si>
     <t xml:space="preserve">Církev bratrská Signál Chotěboř</t>
   </si>
   <si>
     <t xml:space="preserve">Kosmonautů 1665</t>
   </si>
   <si>
     <t xml:space="preserve">Chotěboř</t>
   </si>
   <si>
@@ -217,50 +217,65 @@
     <t xml:space="preserve">Dukelská 961</t>
   </si>
   <si>
     <t xml:space="preserve">Chotěboř</t>
   </si>
   <si>
     <t xml:space="preserve">58301</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Zdraví/Sport/Krása</t>
   </si>
   <si>
     <t xml:space="preserve">Tělovýchovná jednota CHS Chotěboř, z.s.</t>
   </si>
   <si>
     <t xml:space="preserve">Tyršova 794</t>
   </si>
   <si>
     <t xml:space="preserve">Chotěboř</t>
   </si>
   <si>
     <t xml:space="preserve">58301</t>
   </si>
   <si>
     <t xml:space="preserve">Mimoškolní aktivity dětí, Zdraví/Sport/Krása</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Základní škola Chotěboř, Buttulova 74, okres Havlíčkův Brod</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Buttulova 74</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Chotěboř</t>
+  </si>
+  <si>
+    <t xml:space="preserve">58301</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
   <si>
     <t xml:space="preserve">Základní škola Chotěboř, Smetanova 745, okres Havlíčkův Brod</t>
   </si>
   <si>
     <t xml:space="preserve">Smetanova 745</t>
   </si>
   <si>
     <t xml:space="preserve">Chotěboř</t>
   </si>
   <si>
     <t xml:space="preserve">58301</t>
   </si>
   <si>
     <t xml:space="preserve">Vzdělávání, Mimoškolní aktivity dětí</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="12"/>
@@ -538,43 +553,60 @@
       </c>
       <c r="D14" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>73</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>74</v>
       </c>
     </row>
+    <row r="16" spans="1:5">
+      <c r="A16" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>79</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>